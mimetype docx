--- v0 (2025-10-20)
+++ v1 (2025-12-05)
@@ -7,87 +7,426 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:p w14:paraId="7CFCFBD2" w14:textId="77777777" w:rsidR="00001958" w:rsidRDefault="00001958">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF1AE2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Что</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EF1AE2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF1AE2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>предстоит</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EF1AE2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF1AE2">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>сделать</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E5F797D" w14:textId="77777777" w:rsidR="00001958" w:rsidRPr="00001958" w:rsidRDefault="00001958" w:rsidP="00001958">
+      <w:pPr>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001958">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5.3.1. Наполнение объектов БД вспомогательными паспортными характеристиками:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FC49125" w14:textId="77777777" w:rsidR="00001958" w:rsidRPr="00001958" w:rsidRDefault="00001958" w:rsidP="00001958">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001958">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- Поиск в каталоге сканированного паспорта объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7300FF05" w14:textId="77777777" w:rsidR="00001958" w:rsidRPr="00001958" w:rsidRDefault="00001958" w:rsidP="00001958">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001958">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Перенос характеристик из сканированной версии паспорта и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00001958">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>эксель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00001958">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> реестра Объектов в соответствующие атрибуты объекта в интерфейсе программного обеспечения «Цифровые трубопроводы»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08446712" w14:textId="77777777" w:rsidR="00001958" w:rsidRPr="00001958" w:rsidRDefault="00001958" w:rsidP="00001958">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001958">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- Поиск на схеме технологического номера установленного (установленных) на Объекте предохранительных клапанов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4332C194" w14:textId="77777777" w:rsidR="00001958" w:rsidRPr="00001958" w:rsidRDefault="00001958" w:rsidP="00001958">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001958">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- Связывание карточки Объекта в системе «Цифровые трубопроводы» с карточкой предохранительного клапана в системе «Цифровые трубопроводы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D3932C5" w14:textId="77777777" w:rsidR="00001958" w:rsidRPr="00001958" w:rsidRDefault="00001958" w:rsidP="00001958">
+      <w:pPr>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001958">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5.3.2. Наполнение объектов в БД данным о составных элементах, сварных соединениях, зонах неразрушающего контроля:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="665D6789" w14:textId="77777777" w:rsidR="00001958" w:rsidRPr="00001958" w:rsidRDefault="00001958" w:rsidP="00001958">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001958">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- на основании паспортного чертежа определение конструктивных элементов из которых состоит объект;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2859E6E9" w14:textId="77777777" w:rsidR="00001958" w:rsidRPr="00001958" w:rsidRDefault="00001958" w:rsidP="00001958">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001958">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- идентификация материального исполнения объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BFC40F4" w14:textId="77777777" w:rsidR="00001958" w:rsidRPr="00001958" w:rsidRDefault="00001958" w:rsidP="00001958">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001958">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- создание в программном обеспечении «Цифровые трубопроводы» элементов Объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37548EFB" w14:textId="77777777" w:rsidR="00001958" w:rsidRPr="00001958" w:rsidRDefault="00001958" w:rsidP="00001958">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001958">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- на основании имеющейся шаблонной схемы неразрушающего контроля идентификация сварных швов и зон неразрушающего контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41FE11D1" w14:textId="77777777" w:rsidR="00001958" w:rsidRPr="00001958" w:rsidRDefault="00001958" w:rsidP="00001958">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001958">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- создание в программном обеспечении «Цифровые трубопроводы» идентифицированных сварных швов и зон контроля, связывание их с элементами объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AFE6893" w14:textId="77777777" w:rsidR="00001958" w:rsidRPr="00001958" w:rsidRDefault="00001958" w:rsidP="00001958">
+      <w:pPr>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001958">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5.3.3. Наполнение объектов БД сведениями о выполненных диагностиках</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CFEAD97" w14:textId="77777777" w:rsidR="00001958" w:rsidRPr="00001958" w:rsidRDefault="00001958" w:rsidP="00001958">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001958">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- поиск в каталоге отчётов о проведенных диагностиках;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="715639B1" w14:textId="77777777" w:rsidR="00001958" w:rsidRPr="00001958" w:rsidRDefault="00001958" w:rsidP="00001958">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001958">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- установление фактически выполненного объема проведенной диагностики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13F03237" w14:textId="77777777" w:rsidR="00001958" w:rsidRPr="00001958" w:rsidRDefault="00001958" w:rsidP="00001958">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001958">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- установление связи между фактическими зонами, в которых проведена диагностика с созданными в ПО зонами контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00C325A7" w14:textId="77777777" w:rsidR="00001958" w:rsidRPr="00001958" w:rsidRDefault="00001958" w:rsidP="00001958">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001958">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- создание задания на инспекцию в системе для внесения исторических данных о проведенной диагностике согласно созданным зонам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59881796" w14:textId="77777777" w:rsidR="00001958" w:rsidRPr="00001958" w:rsidRDefault="00001958" w:rsidP="00001958">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001958">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- внесение результатов проведенной диагностики в сформированное задание на инспекцию и импорт результатов в систему через шаблон;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54FDBDDE" w14:textId="77777777" w:rsidR="00001958" w:rsidRPr="00001958" w:rsidRDefault="00001958" w:rsidP="00001958">
+      <w:pPr>
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001958">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5.3.4. Прикрепление к объектам БД паспортов, отчетов о проведенных работах и других документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="533B91F8" w14:textId="2569D3ED" w:rsidR="00001958" w:rsidRPr="00001958" w:rsidRDefault="00001958" w:rsidP="00001958">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001958">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00001958">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>поиск в каталоге и прикрепление протоколов неразрушающего контроля в формате .</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00001958">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>pdf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00001958">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к карточке ранее проведенной инспекции;</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="469"/>
         <w:gridCol w:w="325"/>
         <w:gridCol w:w="762"/>
         <w:gridCol w:w="1274"/>
         <w:gridCol w:w="7092"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w14:paraId="0B17D079" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18F83AA0" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
+          <w:p w14:paraId="18F83AA0" w14:textId="63A428F3" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="548" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
@@ -391,51 +730,51 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18F176F3" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="3538E094" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="3538E094" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C759098" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
@@ -1452,51 +1791,51 @@
           </w:tcPr>
           <w:p w14:paraId="07735EE2" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Аминовый контактор низкого давления</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="450BE2E9" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="450BE2E9" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0BD682B8" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -1660,51 +1999,51 @@
           </w:tcPr>
           <w:p w14:paraId="62A1AD8A" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Аминовый контактор высокого давления</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="35C118D6" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="35C118D6" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="56862368" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -1770,51 +2109,51 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Каплеотбойник</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> на входе компрессора поглотительного газа </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="2F29F520" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="2F29F520" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4BE2A95A" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -2100,51 +2439,51 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Каплеотбойник</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> компрессора высокого давления</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="42C055A5" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="42C055A5" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="413F5060" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -2210,51 +2549,51 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Каплеотбойник</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> резервного компрессора высокого давления </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="176596EB" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="176596EB" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="67A26A37" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -2320,51 +2659,51 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Каплеотбойник</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> факельной установки высокого давления </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="13F78BDC" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="13F78BDC" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2F5B7F07" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -2528,51 +2867,51 @@
           </w:tcPr>
           <w:p w14:paraId="45ABC328" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Регенерационная колонна амина</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="26FD8BB4" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="26FD8BB4" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3CD9810E" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -3030,51 +3369,51 @@
           </w:tcPr>
           <w:p w14:paraId="51E172E3" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Расширительная емкость теплоносителя</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="5B3E3381" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="5B3E3381" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3CC081A9" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -3115,71 +3454,59 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>V45001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3574" w:type="pct"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="30FC5463" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> газов в атмосферу</w:t>
+            <w:r w:rsidRPr="00EF1AE2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Скруббер  отвода газов в атмосферу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w14:paraId="3B33FE46" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C4AB806" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4807,51 +5134,51 @@
           </w:tcPr>
           <w:p w14:paraId="5657CEDB" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Охладитель нефти</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="305B9B14" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="305B9B14" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="135B0960" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -4905,51 +5232,51 @@
           </w:tcPr>
           <w:p w14:paraId="18B3449B" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Охладитель на входе аминового контактора ВД</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="1DA16735" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="1DA16735" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="45592944" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -6286,51 +6613,51 @@
           </w:tcPr>
           <w:p w14:paraId="691BC58F" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Теплообменник теплоносителя контура ОВКВ 135</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="3400E05E" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="3400E05E" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="13D6FBF9" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -7851,51 +8178,51 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2087BFA8" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="0B26E047" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="0B26E047" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5FE20889" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -7961,51 +8288,51 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Каплеотбойник</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> топливного газа низкого давления </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="6760A5A0" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="6760A5A0" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6D76C248" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -8059,51 +8386,51 @@
           </w:tcPr>
           <w:p w14:paraId="5542310D" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Фильтр грубой очистки забортной воды </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="61632B93" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="61632B93" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="01BED3CE" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -8157,51 +8484,51 @@
           </w:tcPr>
           <w:p w14:paraId="1DC6742A" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Фильтр грубой очистки забортной воды </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="68E093B9" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="68E093B9" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="348B88B6" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -8255,51 +8582,51 @@
           </w:tcPr>
           <w:p w14:paraId="2660C133" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Фильтр грубой очистки забортной воды </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="64E028CD" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="64E028CD" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0A900404" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -8353,51 +8680,51 @@
           </w:tcPr>
           <w:p w14:paraId="0203BFC2" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Фильтр грубой очистки забортной воды </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="557F37AC" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="557F37AC" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="068A2A94" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -8451,51 +8778,51 @@
           </w:tcPr>
           <w:p w14:paraId="1C828042" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Фильтр грубой очистки забортной воды </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="3A2FE112" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="3A2FE112" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0C879735" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -8549,51 +8876,51 @@
           </w:tcPr>
           <w:p w14:paraId="1AC6080F" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Фильтр грубой очистки забортной воды </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="0E206172" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="0E206172" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="59DA3D2A" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -8647,51 +8974,51 @@
           </w:tcPr>
           <w:p w14:paraId="77EE5ADA" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Фильтр грубой очистки забортной воды </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="074E571B" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="074E571B" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0B471CD2" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -9040,51 +9367,51 @@
           </w:tcPr>
           <w:p w14:paraId="40D44257" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Фильтр амина</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="727A7127" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="727A7127" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25FAC02E" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -9138,51 +9465,51 @@
           </w:tcPr>
           <w:p w14:paraId="0FD827C5" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Воздушный ресивер пускового воздуха (дизеля пожарных насосов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="599A0C24" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="599A0C24" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5E53D509" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -9236,51 +9563,51 @@
           </w:tcPr>
           <w:p w14:paraId="6AF87B2B" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Воздушный ресивер пускового воздуха (дизеля пожарных насосов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="74221E51" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="74221E51" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="05D0B419" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -9334,51 +9661,51 @@
           </w:tcPr>
           <w:p w14:paraId="51BDA9A6" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Воздушный ресивер пускового воздуха (дизеля пожарных насосов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="3F34C7BD" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="3F34C7BD" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5BF20189" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -12408,51 +12735,51 @@
           </w:tcPr>
           <w:p w14:paraId="66428F6F" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Осушитель сжатого воздуха</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="4C10E7C2" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="4C10E7C2" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="79D48D11" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -13183,51 +13510,51 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="250132B2" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="278AA6C7" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="278AA6C7" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0F888C99" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -14715,51 +15042,51 @@
           </w:tcPr>
           <w:p w14:paraId="05AA7313" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Корпусно-мембранный резервуар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="1949B9A6" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="1949B9A6" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="56A8F1DF" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
@@ -17313,51 +17640,51 @@
               <w:t>От «____» __________ 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w14:paraId="4A99AEE0" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36753C5E" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00260106" w14:paraId="38F38CA7" w14:textId="77777777" w:rsidTr="00757CCB">
+      <w:tr w:rsidR="00EF1AE2" w:rsidRPr="00001958" w14:paraId="38F38CA7" w14:textId="77777777" w:rsidTr="00757CCB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04D6A138" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2" w:rsidP="00EF1AE2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1AE2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Скриншоты состава Объекта в программном обеспечении «Цифровые трубопроводы»</w:t>
@@ -17629,61 +17956,61 @@
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15DD7F21" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidRDefault="00EF1AE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EF1AE2" w:rsidRPr="00EF1AE2" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="62D38196" w14:textId="77777777" w:rsidR="00000A3C" w:rsidRDefault="00000A3C">
+    <w:p w14:paraId="63F0AE69" w14:textId="77777777" w:rsidR="006B3102" w:rsidRDefault="006B3102">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32E2597C" w14:textId="77777777" w:rsidR="00000A3C" w:rsidRDefault="00000A3C">
+    <w:p w14:paraId="2D523206" w14:textId="77777777" w:rsidR="006B3102" w:rsidRDefault="006B3102">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -17779,61 +18106,61 @@
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5CE614BD" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRDefault="00EF1AE2">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="01B6899B" w14:textId="77777777" w:rsidR="00EF1AE2" w:rsidRDefault="00EF1AE2">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D005A81" w14:textId="77777777" w:rsidR="00000A3C" w:rsidRDefault="00000A3C">
+    <w:p w14:paraId="5DBF36DE" w14:textId="77777777" w:rsidR="006B3102" w:rsidRDefault="006B3102">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C4DD514" w14:textId="77777777" w:rsidR="00000A3C" w:rsidRDefault="00000A3C">
+    <w:p w14:paraId="64033131" w14:textId="77777777" w:rsidR="006B3102" w:rsidRDefault="006B3102">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C310EC42"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
@@ -18007,90 +18334,93 @@
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1794906448">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1781489396">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="643582724">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="794328496">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1265303812">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="592904665">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B47730"/>
     <w:rsid w:val="00000A3C"/>
+    <w:rsid w:val="00001958"/>
     <w:rsid w:val="00034616"/>
     <w:rsid w:val="0006063C"/>
     <w:rsid w:val="00103CAE"/>
     <w:rsid w:val="0015074B"/>
     <w:rsid w:val="00231400"/>
     <w:rsid w:val="00260106"/>
     <w:rsid w:val="0029639D"/>
     <w:rsid w:val="00326F90"/>
     <w:rsid w:val="00567EB5"/>
+    <w:rsid w:val="006B3102"/>
     <w:rsid w:val="00745249"/>
     <w:rsid w:val="009879DE"/>
     <w:rsid w:val="00AA1D8D"/>
     <w:rsid w:val="00B47730"/>
     <w:rsid w:val="00CB0664"/>
     <w:rsid w:val="00E94CEA"/>
     <w:rsid w:val="00EF1AE2"/>
     <w:rsid w:val="00F34A74"/>
+    <w:rsid w:val="00FA71AA"/>
     <w:rsid w:val="00FC693F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -29872,73 +30202,73 @@
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF278816-EC6F-A645-907D-7F25AECB1D4A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>5862</Characters>
+  <Pages>10</Pages>
+  <Words>1323</Words>
+  <Characters>7544</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>48</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>62</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6877</CharactersWithSpaces>
+  <CharactersWithSpaces>8850</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>python-docx</dc:creator>
   <cp:keywords/>
   <dc:description>generated by python-docx</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>